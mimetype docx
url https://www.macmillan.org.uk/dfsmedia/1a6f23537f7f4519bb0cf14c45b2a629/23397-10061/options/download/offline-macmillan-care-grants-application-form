--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -856,86 +856,154 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>yours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DB12830" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="005F85DE" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
+    <w:p w14:paraId="24F22A67" w14:textId="77777777" w:rsidR="0075189D" w:rsidRDefault="00FE49E3" w:rsidP="006925FF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="220" w:lineRule="auto"/>
         <w:ind w:right="1011"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="40"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>This application form is detailed, with over 60 questions, so please do use the please read the Application Guidance and Applicant Information Pack (available on the Macmillan CARE Grants webpage).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE49E3">
+    </w:p>
+    <w:p w14:paraId="47723EFF" w14:textId="77777777" w:rsidR="0075189D" w:rsidRDefault="0075189D" w:rsidP="006925FF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="220" w:lineRule="auto"/>
+        <w:ind w:right="1011"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="40"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1516BB" w14:textId="410EA9B9" w:rsidR="006925FF" w:rsidRPr="006925FF" w:rsidRDefault="0075189D" w:rsidP="006925FF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="220" w:lineRule="auto"/>
+        <w:ind w:right="1011"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:spacing w:val="40"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075189D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submission: </w:t>
+      </w:r>
+      <w:r w:rsidR="006925FF" w:rsidRPr="006925FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>When you are ready, copy and paste your final answers into the online application form:</w:t>
+      </w:r>
+      <w:r w:rsidR="006925FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6B9F539D" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00AA77E9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+            <w:kern w:val="0"/>
+            <w:szCs w:val="24"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>https://forms.office.com/e/2FhEnGS9Pe</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1315C5A6" w14:textId="77777777" w:rsidR="006925FF" w:rsidRPr="006925FF" w:rsidRDefault="006925FF" w:rsidP="006925FF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="220" w:lineRule="auto"/>
         <w:ind w:left="-756" w:right="1011"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="740D8381" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="220" w:lineRule="auto"/>
         <w:ind w:right="1011"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
@@ -1004,51 +1072,51 @@
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:t>Support</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:t>Request</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:t>Form:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="005877C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://forms.office.com/e/712FeP2Skn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76AE6CC7" w14:textId="3C203A6A" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
@@ -1116,51 +1184,51 @@
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="616161"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="00FE49E3">
           <w:rPr>
             <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="0000ED"/>
             <w:kern w:val="0"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="0000ED"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>CommunityGrants@macmillan.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0000ED"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
@@ -1659,159 +1727,111 @@
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Focus on providing the information we need to assess your application fairly. We’re looking for clear, focused responses that help us understand your organisation and project.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D21F3D2" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="008A26"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CECE3F4" w14:textId="28389F01" w:rsidR="00574746" w:rsidRDefault="00574746" w:rsidP="00FE49E3">
+    <w:p w14:paraId="2C157D53" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="008A26"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
-          <w:szCs w:val="24"/>
-[...47 lines deleted...]
-          <w:kern w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A360E67" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="687C94F5" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3"/>
     <w:p w14:paraId="06D38087" w14:textId="3C92D831" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="15" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="710F7E0C" wp14:editId="12A92B6E">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="710F7E0C" wp14:editId="12A92B6E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-95250</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>350520</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5486400" cy="1097280"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="26670"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1079270995" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5486400" cy="1097280"/>
                         </a:xfrm>
@@ -2100,51 +2120,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="710F7E0C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-7.5pt;margin-top:27.6pt;width:6in;height:86.4pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAue8hOFAIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asJJtYcVZptqkq&#10;bS/Sth+AMY5RgaFAYm+/vgPOZqNt+1KVB8Qww2HmzJn17aAVOQnnJZiKTic5JcJwaKQ5VPTb1/2b&#10;JSU+MNMwBUZU9FF4ert5/Wrd21IU0IFqhCMIYnzZ24p2IdgyyzzvhGZ+AlYYdLbgNAtoukPWONYj&#10;ulZZkeeLrAfXWAdceI+3d6OTbhJ+2woePretF4GoimJuIe0u7XXcs82alQfHbCf5OQ32D1loJg1+&#10;eoG6Y4GRo5O/QWnJHXhow4SDzqBtJRepBqxmmr+o5qFjVqRakBxvLzT5/wfLP50e7BdHwvAWBmxg&#10;KsLbe+DfPTGw65g5iK1z0HeCNfjxNFKW9daX56eRal/6CFL3H6HBJrNjgAQ0tE5HVrBOgujYgMcL&#10;6WIIhOPlfLZczHJ0cfRN89VNsUxtyVj59Nw6H94L0CQeKuqwqwmene59iOmw8ikk/uZByWYvlUqG&#10;O9Q75ciJoQL2aaUKXoQpQ/qKrubFfGTgrxB5vtwWiz9BaBlQykrqii7zuEZxRd7emSYJLTCpxjOm&#10;rMyZyMjdyGIY6gEDI6E1NI9IqYNRsjhieOjA/aSkR7lW1P84MicoUR8MtmU1nc2ivpMxm98UaLhr&#10;T33tYYYjVEUDJeNxF9JMRMIMbLF9rUzEPmdyzhVlmPg+j0zU+bWdop4He/MLAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBxOJxR4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOs0&#10;IiUNcaqoEgJxQRQ+YBubJCJeB9tNwt+znOA4O6PZN+V+sYOYjA+9IwWbdQLCUON0T62C97eHVQ4i&#10;RCSNgyOj4NsE2FeXFyUW2s30aqZjbAWXUChQQRfjWEgZms5YDGs3GmLvw3mLkaVvpfY4c7kdZJok&#10;W2mxJ/7Q4WgOnWk+j2er4M7vbvrsMOJ2eRrqx5epnp+/ZqWur5b6HkQ0S/wLwy8+o0PFTCd3Jh3E&#10;oGC1yXhLVJBlKQgO5Lc7PpwUpGmegKxK+X9C9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAue8hOFAIAACAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBxOJxR4AAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokecolor="#008a26">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-7.5pt;margin-top:27.6pt;width:6in;height:86.4pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAue8hOFAIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asJJtYcVZptqkq&#10;bS/Sth+AMY5RgaFAYm+/vgPOZqNt+1KVB8Qww2HmzJn17aAVOQnnJZiKTic5JcJwaKQ5VPTb1/2b&#10;JSU+MNMwBUZU9FF4ert5/Wrd21IU0IFqhCMIYnzZ24p2IdgyyzzvhGZ+AlYYdLbgNAtoukPWONYj&#10;ulZZkeeLrAfXWAdceI+3d6OTbhJ+2woePretF4GoimJuIe0u7XXcs82alQfHbCf5OQ32D1loJg1+&#10;eoG6Y4GRo5O/QWnJHXhow4SDzqBtJRepBqxmmr+o5qFjVqRakBxvLzT5/wfLP50e7BdHwvAWBmxg&#10;KsLbe+DfPTGw65g5iK1z0HeCNfjxNFKW9daX56eRal/6CFL3H6HBJrNjgAQ0tE5HVrBOgujYgMcL&#10;6WIIhOPlfLZczHJ0cfRN89VNsUxtyVj59Nw6H94L0CQeKuqwqwmene59iOmw8ikk/uZByWYvlUqG&#10;O9Q75ciJoQL2aaUKXoQpQ/qKrubFfGTgrxB5vtwWiz9BaBlQykrqii7zuEZxRd7emSYJLTCpxjOm&#10;rMyZyMjdyGIY6gEDI6E1NI9IqYNRsjhieOjA/aSkR7lW1P84MicoUR8MtmU1nc2ivpMxm98UaLhr&#10;T33tYYYjVEUDJeNxF9JMRMIMbLF9rUzEPmdyzhVlmPg+j0zU+bWdop4He/MLAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBxOJxR4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOs0&#10;IiUNcaqoEgJxQRQ+YBubJCJeB9tNwt+znOA4O6PZN+V+sYOYjA+9IwWbdQLCUON0T62C97eHVQ4i&#10;RCSNgyOj4NsE2FeXFyUW2s30aqZjbAWXUChQQRfjWEgZms5YDGs3GmLvw3mLkaVvpfY4c7kdZJok&#10;W2mxJ/7Q4WgOnWk+j2er4M7vbvrsMOJ2eRrqx5epnp+/ZqWur5b6HkQ0S/wLwy8+o0PFTCd3Jh3E&#10;oGC1yXhLVJBlKQgO5Lc7PpwUpGmegKxK+X9C9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAue8hOFAIAACAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBxOJxR4AAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokecolor="#008a26">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="27BB0819" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FC6141" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                       <w:pPr>
                         <w:spacing w:before="118"/>
                         <w:ind w:left="225"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FC6141">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                         <w:t>Section</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FC6141">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:spacing w:val="7"/>
                           <w:sz w:val="27"/>
@@ -2686,51 +2706,51 @@
     </w:p>
     <w:p w14:paraId="0389F2C1" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="175" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55349B83" wp14:editId="365F5B12">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55349B83" wp14:editId="365F5B12">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>384810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5486400" cy="1097280"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="26670"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1973187804" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5486400" cy="1097280"/>
                         </a:xfrm>
@@ -2958,51 +2978,51 @@
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>serve.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3189CEEB" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FC6141" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="55349B83" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:30.3pt;width:6in;height:86.4pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7od8BFwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asJJtYcVZptqkq&#10;bS/Sdj8AYxyjYoYCiZ1+fQfszUbb7UtVHtAMA4eZM2fWt32ryElYJ0EXdDpJKRGaQyX1oaCP3/fv&#10;lpQ4z3TFFGhR0LNw9Hbz9s26M7nIoAFVCUsQRLu8MwVtvDd5kjjeiJa5CRihMViDbZlH1x6SyrIO&#10;0VuVZGm6SDqwlbHAhXN4ejcE6Sbi17Xg/mtdO+GJKijm5uNu416GPdmsWX6wzDSSj2mwf8iiZVLj&#10;pxeoO+YZOVr5B1QruQUHtZ9waBOoa8lFrAGrmaYvqnlomBGxFiTHmQtN7v/B8i+nB/PNEt+/hx4b&#10;GItw5h74D0c07BqmD2JrLXSNYBV+PA2UJZ1x+fg0UO1yF0DK7jNU2GR29BCB+tq2gRWskyA6NuB8&#10;IV30nnA8nM+Wi1mKIY6xabq6yZaxLQnLn54b6/xHAS0JRkEtdjXCs9O98yEdlj9dCb85ULLaS6Wi&#10;Yw/lTllyYqiAfVyxghfXlCZdQVfzbD4w8FeINF1us8VrEK30KGUl24Iu07AGcQXePugqCs0zqQYb&#10;U1Z6JDJwN7Do+7InshpZDryWUJ2RWQuDcnHS0GjA/qKkQ9UW1P08MisoUZ80dmc1nc2CzKMzm99k&#10;6NjrSHkdYZojVEE9JYO583E0Am8attjFWkZ+nzMZU0Y1RtrHyQlyv/bjref53vwGAAD//wMAUEsD&#10;BBQABgAIAAAAIQAOa5vj3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhc&#10;EHVoiykhmyqqhEC9IAoP4CZLEuGfYLtJeHuWExx3ZjTzbbGdrREjhdh7h3CzyECQq33Tuxbh/e3x&#10;egMiJu0abbwjhG+KsC3PzwqdN35yrzQeUiu4xMVcI3QpDbmUse7I6rjwAzn2PnywOvEZWtkEPXG5&#10;NXKZZUpa3Tte6PRAu47qz8PJItyF+6v+djdoNT+b6ullrKb914R4eTFXDyASzekvDL/4jA4lMx39&#10;yTVRGAR+JCGoTIFgd6PWLBwRlqvVGmRZyP/85Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA+6HfARcCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEADmub494AAAAHAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" strokecolor="#008a26">
+              <v:shape w14:anchorId="55349B83" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:30.3pt;width:6in;height:86.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7od8BFwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asJJtYcVZptqkq&#10;bS/Sdj8AYxyjYoYCiZ1+fQfszUbb7UtVHtAMA4eZM2fWt32ryElYJ0EXdDpJKRGaQyX1oaCP3/fv&#10;lpQ4z3TFFGhR0LNw9Hbz9s26M7nIoAFVCUsQRLu8MwVtvDd5kjjeiJa5CRihMViDbZlH1x6SyrIO&#10;0VuVZGm6SDqwlbHAhXN4ejcE6Sbi17Xg/mtdO+GJKijm5uNu416GPdmsWX6wzDSSj2mwf8iiZVLj&#10;pxeoO+YZOVr5B1QruQUHtZ9waBOoa8lFrAGrmaYvqnlomBGxFiTHmQtN7v/B8i+nB/PNEt+/hx4b&#10;GItw5h74D0c07BqmD2JrLXSNYBV+PA2UJZ1x+fg0UO1yF0DK7jNU2GR29BCB+tq2gRWskyA6NuB8&#10;IV30nnA8nM+Wi1mKIY6xabq6yZaxLQnLn54b6/xHAS0JRkEtdjXCs9O98yEdlj9dCb85ULLaS6Wi&#10;Yw/lTllyYqiAfVyxghfXlCZdQVfzbD4w8FeINF1us8VrEK30KGUl24Iu07AGcQXePugqCs0zqQYb&#10;U1Z6JDJwN7Do+7InshpZDryWUJ2RWQuDcnHS0GjA/qKkQ9UW1P08MisoUZ80dmc1nc2CzKMzm99k&#10;6NjrSHkdYZojVEE9JYO583E0Am8attjFWkZ+nzMZU0Y1RtrHyQlyv/bjref53vwGAAD//wMAUEsD&#10;BBQABgAIAAAAIQAOa5vj3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhc&#10;EHVoiykhmyqqhEC9IAoP4CZLEuGfYLtJeHuWExx3ZjTzbbGdrREjhdh7h3CzyECQq33Tuxbh/e3x&#10;egMiJu0abbwjhG+KsC3PzwqdN35yrzQeUiu4xMVcI3QpDbmUse7I6rjwAzn2PnywOvEZWtkEPXG5&#10;NXKZZUpa3Tte6PRAu47qz8PJItyF+6v+djdoNT+b6ullrKb914R4eTFXDyASzekvDL/4jA4lMx39&#10;yTVRGAR+JCGoTIFgd6PWLBwRlqvVGmRZyP/85Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA+6HfARcCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEADmub494AAAAHAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" strokecolor="#008a26">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="631EA087" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FC6141" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                       <w:pPr>
                         <w:spacing w:before="118"/>
                         <w:ind w:left="225"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FC6141">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Section 2: About Your </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FC6141">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="27"/>
@@ -3622,50 +3642,51 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Question</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10- When was your organisation founded? </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
@@ -4515,76 +4536,118 @@
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Disabled people</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F823621" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
+    <w:p w14:paraId="7F823621" w14:textId="6CC458B2" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>People living in the 20% most deprived areas of the UK</w:t>
       </w:r>
+      <w:r w:rsidR="0094674F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="0094674F" w:rsidRPr="0094674F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="0070C0"/>
+            <w:kern w:val="0"/>
+            <w:szCs w:val="18"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>Click here</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0094674F" w:rsidRPr="0094674F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to review our deprivation index</w:t>
+      </w:r>
+      <w:r w:rsidR="000F50FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4163815B" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -4755,78 +4818,78 @@
     </w:p>
     <w:p w14:paraId="40A1DC0D" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Rural communities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C83A396" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>People living with multiple long-term conditions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01276233" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI Symbol"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
@@ -5735,51 +5798,50 @@
     </w:p>
     <w:p w14:paraId="78051F1A" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>People with lived experience of cancer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77873382" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18D0073A" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -6698,50 +6760,65 @@
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E296096" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="66220035" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="416ED4D5" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
@@ -7652,51 +7729,51 @@
     </w:p>
     <w:p w14:paraId="3EC88B2C" w14:textId="220C6072" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B6F9E0C" wp14:editId="61C5F729">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B6F9E0C" wp14:editId="61C5F729">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>387350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5486400" cy="914400"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="2059400356" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5486400" cy="914400"/>
                         </a:xfrm>
@@ -7936,51 +8013,51 @@
                                 <w:spacing w:val="-2"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>project.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2B6F9E0C" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:30.5pt;width:6in;height:1in;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9numnEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU92u2yAMvp+0d0Dcr0mjtuuipkddzzpN&#10;OvuRzvYABEiDRjAD2uTs6WdITk/3dzONC2Rj89n+bG9uhk6Ts3ReganofJZTIg0Hocyxol8+H16s&#10;KfGBGcE0GFnRB+npzfb5s01vS1lAC1pIRxDE+LK3FW1DsGWWed7KjvkZWGnQ2IDrWEDVHTPhWI/o&#10;nc6KPF9lPThhHXDpPb7ejka6TfhNI3n42DReBqIrirmFdLt01/HOthtWHh2zreJTGuwfsuiYMhj0&#10;AnXLAiMnp36D6hR34KEJMw5dBk2juEw1YDXz/Jdq7ltmZaoFyfH2QpP/f7D8w/nefnIkDK9hwAam&#10;Iry9A/7VEwP7lpmj3DkHfSuZwMDzSFnWW19OXyPVvvQRpO7fg8Ams1OABDQ0rousYJ0E0bEBDxfS&#10;5RAIx8flYr1a5GjiaHs1X0Q5hmDl42/rfHgroSNRqKjDpiZ0dr7zYXR9dInBPGglDkrrpLhjvdeO&#10;nBkOwCGdCf0nN21Ij9GXxXIk4K8Qeb7eFas/QXQq4CRr1VV0nccTnVgZaXtjRJIDU3qUsTptJh4j&#10;dSOJYagHokRFi/g30lqDeEBiHYyDi4uGQgvuOyU9Dm1F/bcTc5IS/c5gcxJ9OOVJWSxfFkiru7bU&#10;1xZmOEJVNFAyivuQNiOmbWCHTWxU4vcpkyllHMbUoWlx4rRf68nrab23PwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAPj6hMzeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQa7ei&#10;oYQ4VVQJgbggSj9gG5skIl4H203C37Oc4LSzmtXM22I3u16MNsTOk4bVUoGwVHvTUaPh+P642IKI&#10;Cclg78lq+LYRduXlRYG58RO92fGQGsEhFHPU0KY05FLGurUO49IPltj78MFh4jU00gScONz1cq1U&#10;Jh12xA0tDnbf2vrzcHYa7sL9TbfZD5jNz3319DpW08vXpPX11Vw9gEh2Tn/H8IvP6FAy08mfyUTR&#10;a+BHkoZsxZPdbXbL4qRhrTYKZFnI//zlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9&#10;numnEwIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD4+oTM3gAAAAcBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokecolor="#008a26">
+              <v:shape w14:anchorId="2B6F9E0C" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:30.5pt;width:6in;height:1in;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9numnEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU92u2yAMvp+0d0Dcr0mjtuuipkddzzpN&#10;OvuRzvYABEiDRjAD2uTs6WdITk/3dzONC2Rj89n+bG9uhk6Ts3ReganofJZTIg0Hocyxol8+H16s&#10;KfGBGcE0GFnRB+npzfb5s01vS1lAC1pIRxDE+LK3FW1DsGWWed7KjvkZWGnQ2IDrWEDVHTPhWI/o&#10;nc6KPF9lPThhHXDpPb7ejka6TfhNI3n42DReBqIrirmFdLt01/HOthtWHh2zreJTGuwfsuiYMhj0&#10;AnXLAiMnp36D6hR34KEJMw5dBk2juEw1YDXz/Jdq7ltmZaoFyfH2QpP/f7D8w/nefnIkDK9hwAam&#10;Iry9A/7VEwP7lpmj3DkHfSuZwMDzSFnWW19OXyPVvvQRpO7fg8Ams1OABDQ0rousYJ0E0bEBDxfS&#10;5RAIx8flYr1a5GjiaHs1X0Q5hmDl42/rfHgroSNRqKjDpiZ0dr7zYXR9dInBPGglDkrrpLhjvdeO&#10;nBkOwCGdCf0nN21Ij9GXxXIk4K8Qeb7eFas/QXQq4CRr1VV0nccTnVgZaXtjRJIDU3qUsTptJh4j&#10;dSOJYagHokRFi/g30lqDeEBiHYyDi4uGQgvuOyU9Dm1F/bcTc5IS/c5gcxJ9OOVJWSxfFkiru7bU&#10;1xZmOEJVNFAyivuQNiOmbWCHTWxU4vcpkyllHMbUoWlx4rRf68nrab23PwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAPj6hMzeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQa7ei&#10;oYQ4VVQJgbggSj9gG5skIl4H203C37Oc4LSzmtXM22I3u16MNsTOk4bVUoGwVHvTUaPh+P642IKI&#10;Cclg78lq+LYRduXlRYG58RO92fGQGsEhFHPU0KY05FLGurUO49IPltj78MFh4jU00gScONz1cq1U&#10;Jh12xA0tDnbf2vrzcHYa7sL9TbfZD5jNz3319DpW08vXpPX11Vw9gEh2Tn/H8IvP6FAy08mfyUTR&#10;a+BHkoZsxZPdbXbL4qRhrTYKZFnI//zlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9&#10;numnEwIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD4+oTM3gAAAAcBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokecolor="#008a26">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6EBF1DCD" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FC6141" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                       <w:pPr>
                         <w:spacing w:before="118"/>
                         <w:ind w:left="225"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FC6141">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                         <w:t>Section</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FC6141">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:spacing w:val="5"/>
                           <w:sz w:val="27"/>
@@ -9017,114 +9094,109 @@
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48516163" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AC8CB8F" w14:textId="77777777" w:rsidR="00574746" w:rsidRDefault="00574746" w:rsidP="00FE49E3">
-[...27 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7511EE86" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE49E3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 40 - Does the project require any kind of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE49E3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>insurance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE49E3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and do you have </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Question 40 - Does the project require any kind of </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> and do you have this in place? </w:t>
+        <w:t>this in place? </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>For example, public liability insurance or professional indemnity insurance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF88988" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
@@ -9356,51 +9428,51 @@
     </w:p>
     <w:p w14:paraId="20CAAD50" w14:textId="2953A233" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CC1BB52" wp14:editId="5D8097FD">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CC1BB52" wp14:editId="5D8097FD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>361315</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5486400" cy="1097280"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="26670"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1384461292" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5486400" cy="1097280"/>
                         </a:xfrm>
@@ -9671,51 +9743,51 @@
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>outcomes.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1803FA86" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FC6141" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7CC1BB52" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:28.45pt;width:6in;height:86.4pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeyHM2GQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcJOtYcVZptqkq&#10;bS/Sth+AMY5RMUOBxE6/fgeczUbb9qUqD2iGgcPMmTOr26FT5Cisk6BLOp2klAjNoZZ6X9Lv33Zv&#10;ckqcZ7pmCrQo6Uk4ert+/WrVm0Jk0IKqhSUIol3Rm5K23psiSRxvRcfcBIzQGGzAdsyja/dJbVmP&#10;6J1KsjRdJD3Y2ljgwjk8vRuDdB3xm0Zw/6VpnPBElRRz83G3ca/CnqxXrNhbZlrJz2mwf8iiY1Lj&#10;pxeoO+YZOVj5G1QnuQUHjZ9w6BJoGslFrAGrmaYvqnlomRGxFiTHmQtN7v/B8s/HB/PVEj+8gwEb&#10;GItw5h74D0c0bFum92JjLfStYDV+PA2UJb1xxflpoNoVLoBU/Seoscns4CECDY3tAitYJ0F0bMDp&#10;QroYPOF4OJ/li1mKIY6xabq8yfLYloQVT8+Ndf6DgI4Eo6QWuxrh2fHe+ZAOK56uhN8cKFnvpFLR&#10;sftqqyw5MlTALq5YwYtrSpO+pMt5Nh8Z+CtEmuabbPEniE56lLKSXUnzNKxRXIG397qOQvNMqtHG&#10;lJU+Exm4G1n0QzUQWZf0bXgbeK2gPiGzFkbl4qSh0YL9RUmPqi2p+3lgVlCiPmrsznI6mwWZR2c2&#10;v8nQsdeR6jrCNEeoknpKRnPr42gE3jRssIuNjPw+Z3JOGdUYaT9PTpD7tR9vPc/3+hEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAJMW3SjeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1&#10;SFwQdYho2oRsqqgSAnGpKDzANl6SCP+E2E3C22NOcNyZ0cy35W4xWkw8+t5ZhLtVAoJt41RvW4T3&#10;t8fbLQgfyCrSzjLCN3vYVZcXJRXKzfaVp2NoRSyxviCELoShkNI3HRvyKzewjd6HGw2FeI6tVCPN&#10;sdxomSZJJg31Ni50NPC+4+bzeDYImzG/6df7gbLlWddPh6meX75mxOurpX4AEXgJf2H4xY/oUEWm&#10;kztb5YVGiI8EhHWWg4juNruPwgkhTfMNyKqU//mrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAeyHM2GQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCTFt0o3gAAAAcBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="#008a26">
+              <v:shape w14:anchorId="7CC1BB52" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:28.45pt;width:6in;height:86.4pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeyHM2GQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcJOtYcVZptqkq&#10;bS/Sth+AMY5RMUOBxE6/fgeczUbb9qUqD2iGgcPMmTOr26FT5Cisk6BLOp2klAjNoZZ6X9Lv33Zv&#10;ckqcZ7pmCrQo6Uk4ert+/WrVm0Jk0IKqhSUIol3Rm5K23psiSRxvRcfcBIzQGGzAdsyja/dJbVmP&#10;6J1KsjRdJD3Y2ljgwjk8vRuDdB3xm0Zw/6VpnPBElRRz83G3ca/CnqxXrNhbZlrJz2mwf8iiY1Lj&#10;pxeoO+YZOVj5G1QnuQUHjZ9w6BJoGslFrAGrmaYvqnlomRGxFiTHmQtN7v/B8s/HB/PVEj+8gwEb&#10;GItw5h74D0c0bFum92JjLfStYDV+PA2UJb1xxflpoNoVLoBU/Seoscns4CECDY3tAitYJ0F0bMDp&#10;QroYPOF4OJ/li1mKIY6xabq8yfLYloQVT8+Ndf6DgI4Eo6QWuxrh2fHe+ZAOK56uhN8cKFnvpFLR&#10;sftqqyw5MlTALq5YwYtrSpO+pMt5Nh8Z+CtEmuabbPEniE56lLKSXUnzNKxRXIG397qOQvNMqtHG&#10;lJU+Exm4G1n0QzUQWZf0bXgbeK2gPiGzFkbl4qSh0YL9RUmPqi2p+3lgVlCiPmrsznI6mwWZR2c2&#10;v8nQsdeR6jrCNEeoknpKRnPr42gE3jRssIuNjPw+Z3JOGdUYaT9PTpD7tR9vPc/3+hEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAJMW3SjeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1&#10;SFwQdYho2oRsqqgSAnGpKDzANl6SCP+E2E3C22NOcNyZ0cy35W4xWkw8+t5ZhLtVAoJt41RvW4T3&#10;t8fbLQgfyCrSzjLCN3vYVZcXJRXKzfaVp2NoRSyxviCELoShkNI3HRvyKzewjd6HGw2FeI6tVCPN&#10;sdxomSZJJg31Ni50NPC+4+bzeDYImzG/6df7gbLlWddPh6meX75mxOurpX4AEXgJf2H4xY/oUEWm&#10;kztb5YVGiI8EhHWWg4juNruPwgkhTfMNyKqU//mrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAeyHM2GQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCTFt0o3gAAAAcBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="#008a26">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="49CEC507" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="007A7932" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                       <w:pPr>
                         <w:spacing w:before="118"/>
                         <w:ind w:left="225"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007A7932">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                         <w:t>Section</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007A7932">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:spacing w:val="5"/>
                           <w:sz w:val="27"/>
@@ -10585,50 +10657,51 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32725D94" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Question</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>46</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
@@ -11527,50 +11600,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E0DDB03" w14:textId="303020C6" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Question</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> 51 - Why are you the right organisation to help tackle unfairness in cancer care? </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
@@ -12093,51 +12167,51 @@
     <w:p w14:paraId="08BADB96" w14:textId="035FF5ED" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="353DB031" wp14:editId="2AB051F5">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="353DB031" wp14:editId="2AB051F5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>281286</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5486400" cy="1097280"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="26670"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="214088655" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5486400" cy="1097280"/>
                         </a:xfrm>
@@ -12504,51 +12578,51 @@
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>capacity.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="758C892E" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FC6141" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="353DB031" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:22.15pt;width:6in;height:86.4pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjxemYGQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3YsJ5tYcVZptqkq&#10;bS/Sdj8AYxyjYoYCiZ1+fQeczUbb7UtVHtAMA4eZM2dWt0OnyFFYJ0GXdDpJKRGaQy31vqSP33fv&#10;FpQ4z3TNFGhR0pNw9Hb99s2qN4XIoAVVC0sQRLuiNyVtvTdFkjjeio65CRihMdiA7ZhH1+6T2rIe&#10;0TuVZGk6T3qwtbHAhXN4ejcG6TriN43g/mvTOOGJKinm5uNu416FPVmvWLG3zLSSn9Ng/5BFx6TG&#10;Ty9Qd8wzcrDyD6hOcgsOGj/h0CXQNJKLWANWM01fVPPQMiNiLUiOMxea3P+D5V+OD+abJX54DwM2&#10;MBbhzD3wH45o2LZM78XGWuhbwWr8eBooS3rjivPTQLUrXACp+s9QY5PZwUMEGhrbBVawToLo2IDT&#10;hXQxeMLxcJYv5nmKIY6xabq8yRaxLQkrnp4b6/xHAR0JRkktdjXCs+O98yEdVjxdCb85ULLeSaWi&#10;Y/fVVllyZKiAXVyxghfXlCZ9SZezbDYy8FeINF1ssvlrEJ30KGUlu5Iu0rBGcQXePug6Cs0zqUYb&#10;U1b6TGTgbmTRD9VAZF3SPLwNvFZQn5BZC6NycdLQaMH+oqRH1ZbU/TwwKyhRnzR2ZznN8yDz6OSz&#10;mwwdex2priNMc4QqqadkNLc+jkbgTcMGu9jIyO9zJueUUY2R9vPkBLlf+/HW83yvfwMAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACmnOV/eAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SFwQdVJCWkKcKqqEQFwQhQ/YJksSYa+D7Sbh7zEnOO7MaOZtuVuMFhM5P1hWkK4SEMSNbQfuFLy/&#10;PVxvQfiA3KK2TAq+ycOuOj8rsWjtzK80HUInYgn7AhX0IYyFlL7pyaBf2ZE4eh/WGQzxdJ1sHc6x&#10;3Gi5TpJcGhw4LvQ40r6n5vNwMgo27u5quN2PmC9Pun58mer5+WtW6vJiqe9BBFrCXxh+8SM6VJHp&#10;aE/ceqEVxEeCgiy7ARHdbZ5F4ahgnW5SkFUp//NXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDjxemYGQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAppzlf3gAAAAcBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="#008a26">
+              <v:shape w14:anchorId="353DB031" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:22.15pt;width:6in;height:86.4pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjxemYGQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3YsJ5tYcVZptqkq&#10;bS/Sdj8AYxyjYoYCiZ1+fQeczUbb7UtVHtAMA4eZM2dWt0OnyFFYJ0GXdDpJKRGaQy31vqSP33fv&#10;FpQ4z3TNFGhR0pNw9Hb99s2qN4XIoAVVC0sQRLuiNyVtvTdFkjjeio65CRihMdiA7ZhH1+6T2rIe&#10;0TuVZGk6T3qwtbHAhXN4ejcG6TriN43g/mvTOOGJKinm5uNu416FPVmvWLG3zLSSn9Ng/5BFx6TG&#10;Ty9Qd8wzcrDyD6hOcgsOGj/h0CXQNJKLWANWM01fVPPQMiNiLUiOMxea3P+D5V+OD+abJX54DwM2&#10;MBbhzD3wH45o2LZM78XGWuhbwWr8eBooS3rjivPTQLUrXACp+s9QY5PZwUMEGhrbBVawToLo2IDT&#10;hXQxeMLxcJYv5nmKIY6xabq8yRaxLQkrnp4b6/xHAR0JRkktdjXCs+O98yEdVjxdCb85ULLeSaWi&#10;Y/fVVllyZKiAXVyxghfXlCZ9SZezbDYy8FeINF1ssvlrEJ30KGUlu5Iu0rBGcQXePug6Cs0zqUYb&#10;U1b6TGTgbmTRD9VAZF3SPLwNvFZQn5BZC6NycdLQaMH+oqRH1ZbU/TwwKyhRnzR2ZznN8yDz6OSz&#10;mwwdex2priNMc4QqqadkNLc+jkbgTcMGu9jIyO9zJueUUY2R9vPkBLlf+/HW83yvfwMAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACmnOV/eAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SFwQdVJCWkKcKqqEQFwQhQ/YJksSYa+D7Sbh7zEnOO7MaOZtuVuMFhM5P1hWkK4SEMSNbQfuFLy/&#10;PVxvQfiA3KK2TAq+ycOuOj8rsWjtzK80HUInYgn7AhX0IYyFlL7pyaBf2ZE4eh/WGQzxdJ1sHc6x&#10;3Gi5TpJcGhw4LvQ40r6n5vNwMgo27u5quN2PmC9Pun58mer5+WtW6vJiqe9BBFrCXxh+8SM6VJHp&#10;aE/ceqEVxEeCgiy7ARHdbZ5F4ahgnW5SkFUp//NXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDjxemYGQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAppzlf3gAAAAcBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="#008a26">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2414E570" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00A07147" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                       <w:pPr>
                         <w:spacing w:before="118"/>
                         <w:ind w:left="225"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A07147">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:sz w:val="27"/>
                         </w:rPr>
                         <w:t>Section</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A07147">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="008A25"/>
                           <w:spacing w:val="8"/>
                           <w:sz w:val="27"/>
@@ -13138,101 +13212,101 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64063F62" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Question</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> 57 - Has this funding been secured? </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBA7B80" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3320C2BB" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
@@ -13348,51 +13422,51 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> 58 - Have you completed and emailed the Budget Template? </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Please download and complete the Budget Template [linked on Grant Webpage] providing detailed cost breakdowns, and email to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00FE49E3">
           <w:rPr>
             <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="0000FF"/>
             <w:kern w:val="0"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>CommunityGrants@macmillan.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DB6EB68" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -14014,50 +14088,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29512A13" w14:textId="77777777" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Question</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> 62 - What systems do you use to record and audit your spending, and how do they suit this project and the amount of money you're applying for? </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE49E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
@@ -14174,51 +14249,51 @@
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62880D20" w14:textId="49FFBD6C" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12B572C8" w14:textId="7312AD46" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
       <w:r w:rsidRPr="00947869">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CE609F7" wp14:editId="1D81D81C">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CE609F7" wp14:editId="1D81D81C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1390650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5705475" cy="2000250"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5705475" cy="2000250"/>
                         </a:xfrm>
@@ -14246,51 +14321,51 @@
                               <w:spacing w:before="3"/>
                               <w:rPr>
                                 <w:color w:val="008A25"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                               </w:rPr>
                               <w:drawing>
                                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C367CBD" wp14:editId="570C14DC">
                                   <wp:extent cx="1214651" cy="368489"/>
                                   <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                                   <wp:docPr id="518" name="Image 518" descr="A green sign with white text&#10;&#10;AI-generated content may be incorrect."/>
                                   <wp:cNvGraphicFramePr/>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="518" name="Image 518" descr="A green sign with white text&#10;&#10;AI-generated content may be incorrect."/>
                                           <pic:cNvPicPr/>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId14" cstate="print"/>
+                                          <a:blip r:embed="rId15" cstate="print"/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr>
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="1228526" cy="372698"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="4180D6EF" w14:textId="636B75CF" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                             <w:pPr>
                               <w:spacing w:before="3"/>
                               <w:rPr>
                                 <w:color w:val="008A25"/>
@@ -14388,114 +14463,114 @@
                             <w:r w:rsidRPr="00FE49E3">
                               <w:rPr>
                                 <w:color w:val="202020"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>We recognise that preparing funding applications requires significant time and effort, and we appreciate and value the vital work you're doing in your community.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="08CD8CA6" w14:textId="2C936835" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                             <w:pPr>
                               <w:spacing w:before="236" w:line="261" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FE49E3">
                               <w:rPr>
                                 <w:color w:val="202020"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Please remember to email the completed budget template upon submitting your application to </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId15">
+                            <w:hyperlink r:id="rId16">
                               <w:r w:rsidRPr="00FE49E3">
                                 <w:rPr>
                                   <w:color w:val="0000ED"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="24"/>
                                   <w:u w:val="single" w:color="0000ED"/>
                                 </w:rPr>
                                 <w:t>CommunityGrants@macmillan.org.uk</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4CE609F7" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:398.05pt;margin-top:109.5pt;width:449.25pt;height:157.5pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzcHRSLQIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8N3aseJNYcVZpsqkq&#10;bS/Sth+AMY5RMUOBxN5+fQecZNNWfan6ghgGzsw5M8PqfugUOQnrJOiSTicpJUJzqKU+lPTrl/2b&#10;BSXOM10zBVqU9Fk4er9+/WrVm0Jk0IKqhSUIol3Rm5K23psiSRxvRcfcBIzQ6GzAdsyjaQ9JbVmP&#10;6J1KsjS9S3qwtbHAhXN4uhuddB3xm0Zw/6lpnPBElRRz83G1ca3CmqxXrDhYZlrJz2mwf8iiY1Jj&#10;0CvUjnlGjlb+AdVJbsFB4yccugSaRnIROSCbafobm6eWGRG5oDjOXGVy/w+Wfzw9mc+W+OEtDFjA&#10;SMKZR+DfHNGwbZk+iI210LeC1Rh4GiRLeuOK89MgtStcAKn6D1BjkdnRQwQaGtsFVZAnQXQswPNV&#10;dDF4wvEwn6f5bJ5TwtGHJU2zPJYlYcXlubHOvxPQkbApqcWqRnh2enQ+pMOKy5UQzYGS9V4qFQ17&#10;qLbKkhPDDtgt9/uH2fhWmZaNpxhwuYi08O14PWL+gqM06Uu6zLN8lOivMdJ0scnuLnC31zrpsdeV&#10;7Eq6QJ7pufuCsA+6jp3omVTjHjkpfVY6iDvK7IdqILJG1UKAIHwF9TNKb2FsbRxF3LRgf1DSY1uX&#10;1H0/MisoUe81lm85nc3CHERjls8zNOytp7r1MM0RqqSeknG79XF2grAaNljmRsYCvGRyThnbNWp4&#10;Hq0wD7d2vPXyAax/AgAA//8DAFBLAwQUAAYACAAAACEA6911QOEAAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VIXFDrtNAqCdlUFX+iqAIROHB04yWxiNdR7Lbh7TEnuM1qVjPf&#10;FKvRduJAgzeOEWbTBARx7bThBuH97X6SgvBBsVadY0L4Jg+r8vSkULl2R36lQxUaEUPY5wqhDaHP&#10;pfR1S1b5qeuJo/fpBqtCPIdG6kEdY7jt5DxJltIqw7GhVT3dtFR/VXuLcLvZflSPfvmg1xe1yczd&#10;5vnppUc8PxvX1yACjeHvGX7xIzqUkWnn9qy96BDikIAwn2VRRDvN0gWIHcLi8ioBWRby/4DyBwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADNwdFItAgAASAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOvddUDhAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;hwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="#d9ffe4" strokecolor="#008a26">
+              <v:shape w14:anchorId="4CE609F7" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:398.05pt;margin-top:109.5pt;width:449.25pt;height:157.5pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzcHRSLQIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8N3aseJNYcVZpsqkq&#10;bS/Sth+AMY5RMUOBxN5+fQecZNNWfan6ghgGzsw5M8PqfugUOQnrJOiSTicpJUJzqKU+lPTrl/2b&#10;BSXOM10zBVqU9Fk4er9+/WrVm0Jk0IKqhSUIol3Rm5K23psiSRxvRcfcBIzQ6GzAdsyjaQ9JbVmP&#10;6J1KsjS9S3qwtbHAhXN4uhuddB3xm0Zw/6lpnPBElRRz83G1ca3CmqxXrDhYZlrJz2mwf8iiY1Jj&#10;0CvUjnlGjlb+AdVJbsFB4yccugSaRnIROSCbafobm6eWGRG5oDjOXGVy/w+Wfzw9mc+W+OEtDFjA&#10;SMKZR+DfHNGwbZk+iI210LeC1Rh4GiRLeuOK89MgtStcAKn6D1BjkdnRQwQaGtsFVZAnQXQswPNV&#10;dDF4wvEwn6f5bJ5TwtGHJU2zPJYlYcXlubHOvxPQkbApqcWqRnh2enQ+pMOKy5UQzYGS9V4qFQ17&#10;qLbKkhPDDtgt9/uH2fhWmZaNpxhwuYi08O14PWL+gqM06Uu6zLN8lOivMdJ0scnuLnC31zrpsdeV&#10;7Eq6QJ7pufuCsA+6jp3omVTjHjkpfVY6iDvK7IdqILJG1UKAIHwF9TNKb2FsbRxF3LRgf1DSY1uX&#10;1H0/MisoUe81lm85nc3CHERjls8zNOytp7r1MM0RqqSeknG79XF2grAaNljmRsYCvGRyThnbNWp4&#10;Hq0wD7d2vPXyAax/AgAA//8DAFBLAwQUAAYACAAAACEA6911QOEAAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VIXFDrtNAqCdlUFX+iqAIROHB04yWxiNdR7Lbh7TEnuM1qVjPf&#10;FKvRduJAgzeOEWbTBARx7bThBuH97X6SgvBBsVadY0L4Jg+r8vSkULl2R36lQxUaEUPY5wqhDaHP&#10;pfR1S1b5qeuJo/fpBqtCPIdG6kEdY7jt5DxJltIqw7GhVT3dtFR/VXuLcLvZflSPfvmg1xe1yczd&#10;5vnppUc8PxvX1yACjeHvGX7xIzqUkWnn9qy96BDikIAwn2VRRDvN0gWIHcLi8ioBWRby/4DyBwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADNwdFItAgAASAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOvddUDhAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;hwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="#d9ffe4" strokecolor="#008a26">
                 <v:fill opacity="16448f"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2B56E0FB" w14:textId="5DDF87D9" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                       <w:pPr>
                         <w:spacing w:before="3"/>
                         <w:rPr>
                           <w:color w:val="008A25"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C367CBD" wp14:editId="570C14DC">
                             <wp:extent cx="1214651" cy="368489"/>
                             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                             <wp:docPr id="518" name="Image 518" descr="A green sign with white text&#10;&#10;AI-generated content may be incorrect."/>
                             <wp:cNvGraphicFramePr/>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="518" name="Image 518" descr="A green sign with white text&#10;&#10;AI-generated content may be incorrect."/>
                                     <pic:cNvPicPr/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId14" cstate="print"/>
+                                    <a:blip r:embed="rId15" cstate="print"/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="1228526" cy="372698"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4180D6EF" w14:textId="636B75CF" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                       <w:pPr>
                         <w:spacing w:before="3"/>
                         <w:rPr>
                           <w:color w:val="008A25"/>
@@ -14593,149 +14668,155 @@
                       <w:r w:rsidRPr="00FE49E3">
                         <w:rPr>
                           <w:color w:val="202020"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>We recognise that preparing funding applications requires significant time and effort, and we appreciate and value the vital work you're doing in your community.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="08CD8CA6" w14:textId="2C936835" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                       <w:pPr>
                         <w:spacing w:before="236" w:line="261" w:lineRule="auto"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FE49E3">
                         <w:rPr>
                           <w:color w:val="202020"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Please remember to email the completed budget template upon submitting your application to </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId16">
+                      <w:hyperlink r:id="rId17">
                         <w:r w:rsidRPr="00FE49E3">
                           <w:rPr>
                             <w:color w:val="0000ED"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="24"/>
                             <w:u w:val="single" w:color="0000ED"/>
                           </w:rPr>
                           <w:t>CommunityGrants@macmillan.org.uk</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE49E3">
-      <w:headerReference w:type="default" r:id="rId17"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10F2125F" w14:textId="77777777" w:rsidR="008E0B7B" w:rsidRDefault="008E0B7B" w:rsidP="00FE49E3">
+    <w:p w14:paraId="2A703F80" w14:textId="77777777" w:rsidR="00D8538D" w:rsidRDefault="00D8538D" w:rsidP="00FE49E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A142AF2" w14:textId="77777777" w:rsidR="008E0B7B" w:rsidRDefault="008E0B7B" w:rsidP="00FE49E3">
+    <w:p w14:paraId="68BC5856" w14:textId="77777777" w:rsidR="00D8538D" w:rsidRDefault="00D8538D" w:rsidP="00FE49E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="6ED4D425" w14:textId="77777777" w:rsidR="001B029F" w:rsidRDefault="001B029F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cera Pro Macmillan">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Semibold">
     <w:panose1 w:val="020B0702040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -14748,51 +14829,51 @@
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BE8D805" w14:textId="4F0E31E8" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E9D61AE" wp14:editId="3B22BB91">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E9D61AE" wp14:editId="3B22BB91">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="1133475" cy="357505"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1344741595" name="Text Box 2" descr="Macmillan Public">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
@@ -14829,100 +14910,101 @@
                             </w:rPr>
                             <w:t>Macmillan Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6E9D61AE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="_x0000_s1034" type="#_x0000_t202" alt="Macmillan Public" style="position:absolute;margin-left:0;margin-top:0;width:89.25pt;height:28.15pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAX9DT+FAIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wk9boZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF5kmKX6897S467UiR+F8C6ai00lOiTAc6tbsK/r9Zf3h&#10;EyU+MFMzBUZU9CQ8vVu+f7fobClm0ICqhSNYxPiysxVtQrBllnneCM38BKwwGJTgNAv46/ZZ7ViH&#10;1bXKZnn+MevA1dYBF96j92EI0mWqL6Xg4UlKLwJRFcXZQjpdOnfxzJYLVu4ds03Lz2Owf5hCs9Zg&#10;00upBxYYObj2j1K65Q48yDDhoDOQsuUi7YDbTPM322wbZkXaBcHx9gKT/39l+eNxa58dCf0X6JHA&#10;CEhnfenRGffppdPxi5MSjCOEpwtsog+Ex0vT+fzmtqCEY2xe3BZ5Ectk19vW+fBVgCbRqKhDWhJa&#10;7LjxYUgdU2IzA+tWqUSNMr85sGb0ZNcRoxX6XU/auqKzcfwd1CfcysFAuLd83WLrDfPhmTlkGBdB&#10;1YYnPKSCrqJwtihpwP34mz/mI/AYpaRDxVTUoKQpUd8MEjIrbvI8Kiz9oeFGY5eM6ee8iHFz0PeA&#10;Ypziu7A8mTE5qNGUDvQrinoVu2GIGY49K7obzfsw6BcfBRerVUpCMVkWNmZreSwdMYuAvvSvzNkz&#10;6gH5eoRRU6x8A/6QG296uzoEpCAxE/Ed0DzDjkJM3J4fTVT6r/8p6/q0lz8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCOP2d52gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqENR&#10;QxXiVFVbEFcCUnt04m0cNV6nWbcNf4/LBS4rjWY08zZfjK4TZxy49aTgcZKAQKq9aalR8PX5+jAH&#10;wUGT0Z0nVPCNDIvi9ibXmfEX+sBzGRoRS4gzrcCG0GdScm3RaZ74Hil6ez84HaIcGmkGfYnlrpPT&#10;JEml0y3FBat7XFmsD+XJKUjXb0vbb9PdcT/ld678IZR+o9T93bh8ARFwDH9huOJHdCgiU+VPZFh0&#10;CuIj4fdevef5DESlYJY+gSxy+R+++AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAX9DT+&#10;FAIAACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCO&#10;P2d52gAAAAQBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="5861EDF6" w14:textId="3FF2D3A7" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00FE49E3">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Macmillan Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F2713E9" w14:textId="30132F97" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B1592A3" wp14:editId="325D21C3">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B1592A3" wp14:editId="325D21C3">
               <wp:simplePos x="914400" y="10067925"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="1133475" cy="357505"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="314530919" name="Text Box 3" descr="Macmillan Public">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
@@ -14959,50 +15041,51 @@
                             </w:rPr>
                             <w:t>Macmillan Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6B1592A3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 3" o:spid="_x0000_s1035" type="#_x0000_t202" alt="Macmillan Public" style="position:absolute;margin-left:0;margin-top:0;width:89.25pt;height:28.15pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDne7V2EwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wk9boZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF5kmKX6897S467UiR+F8C6ai00lOiTAc6tbsK/r9Zf3h&#10;EyU+MFMzBUZU9CQ8vVu+f7fobClm0ICqhSNYxPiysxVtQrBllnneCM38BKwwGJTgNAv46/ZZ7ViH&#10;1bXKZnn+MevA1dYBF96j92EI0mWqL6Xg4UlKLwJRFcXZQjpdOnfxzJYLVu4ds03Lz2Owf5hCs9Zg&#10;00upBxYYObj2j1K65Q48yDDhoDOQsuUi7YDbTPM322wbZkXaBcHx9gKT/39l+eNxa58dCf0X6JHA&#10;CEhnfenRGffppdPxi5MSjCOEpwtsog+Ex0vT+fzmtqCEY2xe3BZ5Ectk19vW+fBVgCbRqKhDWhJa&#10;7LjxYUgdU2IzA+tWqUSNMr85sGb0ZNcRoxX6XU/aGpuP4++gPuFWDgbCveXrFltvmA/PzCHDuAiq&#10;NjzhIRV0FYWzRUkD7sff/DEfgccoJR0qpqIGJU2J+maQkFlxk+dRYekPDTcau2RMP+dFjJuDvgcU&#10;4xTfheXJjMlBjaZ0oF9R1KvYDUPMcOxZ0d1o3odBv/gouFitUhKKybKwMVvLY+mIWQT0pX9lzp5R&#10;D8jXI4yaYuUb8IfceNPb1SEgBYmZiO+A5hl2FGLi9vxootJ//U9Z16e9/AkAAP//AwBQSwMEFAAG&#10;AAgAAAAhAI4/Z3naAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ1FD&#10;FeJUVVsQVwJSe3TibRw1XqdZtw1/j8sFLiuNZjTzNl+MrhNnHLj1pOBxkoBAqr1pqVHw9fn6MAfB&#10;QZPRnSdU8I0Mi+L2JteZ8Rf6wHMZGhFLiDOtwIbQZ1JybdFpnvgeKXp7PzgdohwaaQZ9ieWuk9Mk&#10;SaXTLcUFq3tcWawP5ckpSNdvS9tv091xP+V3rvwhlH6j1P3duHwBEXAMf2G44kd0KCJT5U9kWHQK&#10;4iPh91695/kMRKVglj6BLHL5H774AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOd7tXYT&#10;AgAAIgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI4/&#10;Z3naAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="3FAEBD76" w14:textId="2DA72186" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00FE49E3">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Macmillan Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
@@ -15089,126 +15172,134 @@
                             </w:rPr>
                             <w:t>Macmillan Public</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="58B7C452" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1036" type="#_x0000_t202" alt="Macmillan Public" style="position:absolute;margin-left:0;margin-top:0;width:89.25pt;height:28.15pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC12NN7FAIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IfalrBcuAmcFEg&#10;SAI4Rc40RVoCSC5B0pbcr++Ssuw27anohVrtLvcxM1ze9lqRo3C+BVPR6SSnRBgOdWv2Ff3+svnw&#10;iRIfmKmZAiMqehKe3q7ev1t2thQzaEDVwhEsYnzZ2Yo2IdgyyzxvhGZ+AlYYDEpwmgX8dfusdqzD&#10;6lplszz/mHXgauuAC+/Rez8E6SrVl1Lw8CSlF4GoiuJsIZ0unbt4ZqslK/eO2abl5zHYP0yhWWuw&#10;6aXUPQuMHFz7RyndcgceZJhw0BlI2XKRdsBtpvmbbbYNsyLtguB4e4HJ/7+y/PG4tc+OhP4L9Ehg&#10;BKSzvvTojPv00un4xUkJxhHC0wU20QfC46XpfL64KSjhGJsXN0VexDLZ9bZ1PnwVoEk0KuqQloQW&#10;Oz74MKSOKbGZgU2rVKJGmd8cWDN6suuI0Qr9ridtXdHFOP4O6hNu5WAg3Fu+abH1A/PhmTlkGBdB&#10;1YYnPKSCrqJwtihpwP34mz/mI/AYpaRDxVTUoKQpUd8MEjIrFnkeFZb+0HCjsUvG9HNexLg56DtA&#10;MU7xXViezJgc1GhKB/oVRb2O3TDEDMeeFd2N5l0Y9IuPgov1OiWhmCwLD2ZreSwdMYuAvvSvzNkz&#10;6gH5eoRRU6x8A/6QG296uz4EpCAxE/Ed0DzDjkJM3J4fTVT6r/8p6/q0Vz8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCOP2d52gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqENR&#10;QxXiVFVbEFcCUnt04m0cNV6nWbcNf4/LBS4rjWY08zZfjK4TZxy49aTgcZKAQKq9aalR8PX5+jAH&#10;wUGT0Z0nVPCNDIvi9ibXmfEX+sBzGRoRS4gzrcCG0GdScm3RaZ74Hil6ez84HaIcGmkGfYnlrpPT&#10;JEml0y3FBat7XFmsD+XJKUjXb0vbb9PdcT/ld678IZR+o9T93bh8ARFwDH9huOJHdCgiU+VPZFh0&#10;CuIj4fdevef5DESlYJY+gSxy+R+++AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC12NN7&#10;FAIAACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCO&#10;P2d52gAAAAQBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="4A5CC9E1" w14:textId="64B9AB2E" w:rsidR="00FE49E3" w:rsidRPr="00FE49E3" w:rsidRDefault="00FE49E3" w:rsidP="00FE49E3">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00FE49E3">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Macmillan Public</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E0DA437" w14:textId="77777777" w:rsidR="008E0B7B" w:rsidRDefault="008E0B7B" w:rsidP="00FE49E3">
+    <w:p w14:paraId="2E79FE2F" w14:textId="77777777" w:rsidR="00D8538D" w:rsidRDefault="00D8538D" w:rsidP="00FE49E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2640B48C" w14:textId="77777777" w:rsidR="008E0B7B" w:rsidRDefault="008E0B7B" w:rsidP="00FE49E3">
+    <w:p w14:paraId="764AFC45" w14:textId="77777777" w:rsidR="00D8538D" w:rsidRDefault="00D8538D" w:rsidP="00FE49E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="21B94553" w14:textId="77777777" w:rsidR="001B029F" w:rsidRDefault="001B029F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D18D05B" w14:textId="2421C73F" w:rsidR="00FE49E3" w:rsidRDefault="00FE49E3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00974B55">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EE57A27" wp14:editId="2117AFED">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EE57A27" wp14:editId="2117AFED">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5248275</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>77470</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2228133" cy="151074"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1999135618" name="Textbox 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2228133" cy="151074"/>
                       </a:xfrm>
@@ -15377,51 +15468,51 @@
                     </w:r>
                     <w:r w:rsidRPr="00974B55">
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>Form</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00974B55">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="085993E3" wp14:editId="1680C819">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="085993E3" wp14:editId="1680C819">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-876300</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-391160</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1218565" cy="408305"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20156"/>
               <wp:lineTo x="21274" y="20156"/>
               <wp:lineTo x="21274" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="824846285" name="Image 6" descr="A green sign with white text&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -15448,51 +15539,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00974B55">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7697FCAB" wp14:editId="40D9A19E">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7697FCAB" wp14:editId="40D9A19E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>8251190</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>-61595</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2228133" cy="151074"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textbox 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2228133" cy="151074"/>
                       </a:xfrm>
@@ -19509,88 +19600,97 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="451021335">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1105225992">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1190949960">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="683899766">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="801194496">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2006778420">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00791AA9"/>
+    <w:rsid w:val="000F50FF"/>
+    <w:rsid w:val="001B029F"/>
     <w:rsid w:val="001C6CD8"/>
     <w:rsid w:val="00200317"/>
-    <w:rsid w:val="003C5113"/>
+    <w:rsid w:val="003A2FAD"/>
     <w:rsid w:val="00433E6B"/>
     <w:rsid w:val="004A4226"/>
+    <w:rsid w:val="004C4F42"/>
     <w:rsid w:val="00524847"/>
-    <w:rsid w:val="00574746"/>
+    <w:rsid w:val="006925FF"/>
     <w:rsid w:val="007073B8"/>
+    <w:rsid w:val="0075189D"/>
     <w:rsid w:val="00791AA9"/>
-    <w:rsid w:val="008E0B7B"/>
     <w:rsid w:val="009258BE"/>
+    <w:rsid w:val="0094674F"/>
     <w:rsid w:val="00B26EEC"/>
+    <w:rsid w:val="00BA5218"/>
     <w:rsid w:val="00C12EA8"/>
+    <w:rsid w:val="00C942F3"/>
     <w:rsid w:val="00CE04F6"/>
     <w:rsid w:val="00CF04E0"/>
     <w:rsid w:val="00D45263"/>
+    <w:rsid w:val="00D8538D"/>
     <w:rsid w:val="00E33C90"/>
     <w:rsid w:val="00F636E8"/>
     <w:rsid w:val="00FE49E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -20188,50 +20288,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00791AA9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -20583,51 +20684,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FE49E3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CommunityGrants@macmillan.org.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macmillan.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CommunityGrants@macmillan.org.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CommunityGrants@macmillan.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CommunityGrants@macmillan.org.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/712FeP2Skn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macmillan.org.uk/dfsmedia/1a6f23537f7f4519bb0cf14c45b2a629/23216-10061/Deprivation-Score-Index" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CommunityGrants@macmillan.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CommunityGrants@macmillan.org.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CommunityGrants@macmillan.org.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/712FeP2Skn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/2FhEnGS9Pe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CommunityGrants@macmillan.org.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -20907,52 +21008,65 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B73D6B255149A4CA3BE93C451A99A46" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="36cbf750f215af4124c67a8f88092723">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="4cf747db-82e1-45b8-88d9-c1d81819340c" xmlns:ns3="865b13e4-96e4-413e-bdd1-1cedd1ec908b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d14304ede190ba68f7b927254aa32f10" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4cf747db-82e1-45b8-88d9-c1d81819340c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="865b13e4-96e4-413e-bdd1-1cedd1ec908b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B73D6B255149A4CA3BE93C451A99A46" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6ebfadecf0fd3634ecbd4f24e7ed156a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="4cf747db-82e1-45b8-88d9-c1d81819340c" xmlns:ns3="865b13e4-96e4-413e-bdd1-1cedd1ec908b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d37e21b8667cf15a4290fbd552f40ff3" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="4cf747db-82e1-45b8-88d9-c1d81819340c"/>
     <xsd:import namespace="865b13e4-96e4-413e-bdd1-1cedd1ec908b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -21118,118 +21232,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{310A50B7-FD4F-455D-A80A-F94ED6F244CA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2465034-1B42-473D-A783-1662D8FDF4C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8F72207-F30A-426D-BF52-BDCDA653EEF0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="865b13e4-96e4-413e-bdd1-1cedd1ec908b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="4cf747db-82e1-45b8-88d9-c1d81819340c"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65859DA8-E259-4E3B-9D70-496CED6367DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="4cf747db-82e1-45b8-88d9-c1d81819340c"/>
     <ds:schemaRef ds:uri="865b13e4-96e4-413e-bdd1-1cedd1ec908b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2241</Words>
-  <Characters>12778</Characters>
+  <Words>2202</Words>
+  <Characters>12556</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>106</Lines>
+  <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14990</CharactersWithSpaces>
+  <CharactersWithSpaces>14729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jerusha Vithiyanandan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingFooterShapeIds">
     <vt:lpwstr>5b2841b0,502720db,12bf5c67</vt:lpwstr>
   </property>